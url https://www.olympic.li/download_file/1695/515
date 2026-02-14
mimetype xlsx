--- v0 (2025-10-27)
+++ v1 (2026-02-14)
@@ -2,114 +2,114 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="DieseArbeitsmappe" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\3000 Leistungssport\3100 Förderung\3110 Verbands-Förderung\3113 allgemeine Finanzen Verbandsförderung\31131 Vorlagen\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mathias.briker\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8F3F146B-442E-4A5F-B547-2F41D880DCF7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A7729322-B51E-4515-AB9B-A13F9BB120BD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-75" windowWidth="38640" windowHeight="21120" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="1. Anleitung" sheetId="4" r:id="rId1"/>
     <sheet name="2. Formular" sheetId="1" r:id="rId2"/>
     <sheet name="3. Trainer-Entschädigung" sheetId="2" r:id="rId3"/>
     <sheet name="4. Int. Wettkämpf in LIE" sheetId="3" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'2. Formular'!$A$1:$H$47</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'3. Trainer-Entschädigung'!$A$1:$H$27</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'4. Int. Wettkämpf in LIE'!$A$1:$F$13</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="H13" i="2" l="1"/>
+  <c r="H42" i="1" l="1"/>
+  <c r="H43" i="1"/>
+  <c r="H13" i="2"/>
   <c r="H14" i="2"/>
   <c r="H15" i="2"/>
   <c r="H16" i="2"/>
   <c r="H17" i="2"/>
   <c r="H18" i="2"/>
   <c r="H19" i="2"/>
   <c r="H20" i="2"/>
   <c r="H21" i="2"/>
   <c r="H22" i="2"/>
   <c r="C12" i="3"/>
   <c r="B38" i="1" s="1"/>
   <c r="B39" i="1" s="1"/>
-  <c r="D44" i="1"/>
-[...1 lines deleted...]
-  <c r="H43" i="1"/>
   <c r="H41" i="1"/>
   <c r="D45" i="1"/>
   <c r="D43" i="1"/>
   <c r="D41" i="1"/>
   <c r="D42" i="1"/>
+  <c r="D44" i="1" s="1"/>
   <c r="H45" i="1"/>
   <c r="B25" i="1"/>
   <c r="B31" i="1"/>
   <c r="D31" i="1"/>
   <c r="D25" i="1"/>
   <c r="F5" i="3"/>
   <c r="F12" i="3" s="1"/>
   <c r="H38" i="1" s="1"/>
   <c r="H39" i="1" s="1"/>
   <c r="F6" i="3"/>
   <c r="F7" i="3"/>
   <c r="F8" i="3"/>
   <c r="F9" i="3"/>
   <c r="F10" i="3"/>
   <c r="F11" i="3"/>
   <c r="D12" i="3"/>
   <c r="F38" i="1"/>
   <c r="F39" i="1"/>
   <c r="E5" i="3"/>
   <c r="E6" i="3"/>
   <c r="E7" i="3"/>
   <c r="E8" i="3"/>
   <c r="E9" i="3"/>
   <c r="E10" i="3"/>
   <c r="E11" i="3"/>
@@ -126,51 +126,52 @@
   <c r="F13" i="2"/>
   <c r="G13" i="2"/>
   <c r="F14" i="2"/>
   <c r="G14" i="2"/>
   <c r="F15" i="2"/>
   <c r="G15" i="2"/>
   <c r="F16" i="2"/>
   <c r="G16" i="2"/>
   <c r="F17" i="2"/>
   <c r="G17" i="2"/>
   <c r="F18" i="2"/>
   <c r="G18" i="2"/>
   <c r="F19" i="2"/>
   <c r="G19" i="2"/>
   <c r="F20" i="2"/>
   <c r="G20" i="2"/>
   <c r="F21" i="2"/>
   <c r="G21" i="2"/>
   <c r="F22" i="2"/>
   <c r="G22" i="2"/>
   <c r="F25" i="1"/>
   <c r="H25" i="1"/>
   <c r="F31" i="1"/>
   <c r="H31" i="1"/>
   <c r="F44" i="1"/>
-  <c r="G12" i="2" l="1"/>
+  <c r="H44" i="1" l="1"/>
+  <c r="G12" i="2"/>
   <c r="G10" i="2"/>
   <c r="G11" i="2"/>
   <c r="H23" i="2"/>
   <c r="F33" i="1" s="1"/>
   <c r="H36" i="1" s="1"/>
   <c r="G9" i="2"/>
   <c r="E12" i="3"/>
   <c r="D38" i="1" s="1"/>
   <c r="D39" i="1" s="1"/>
   <c r="G23" i="2" l="1"/>
   <c r="B33" i="1" s="1"/>
   <c r="D36" i="1" s="1"/>
   <c r="F36" i="1"/>
   <c r="B36" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="106" uniqueCount="87">
   <si>
     <t>Faktor</t>
   </si>
   <si>
     <t xml:space="preserve">Bemerkung </t>
   </si>
@@ -1692,70 +1693,70 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D701186C-75D6-4731-9382-5C287A7B6CBA}">
   <sheetPr codeName="Tabelle1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I11"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <selection activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4"/>
   <cols>
-    <col min="1" max="9" width="12.7109375" style="9" customWidth="1"/>
-    <col min="10" max="16384" width="11.42578125" style="9"/>
+    <col min="1" max="9" width="12.6640625" style="9" customWidth="1"/>
+    <col min="10" max="16384" width="11.44140625" style="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="27">
+    <row r="1" spans="1:9" ht="25.8">
       <c r="A1" s="107" t="s">
         <v>27</v>
       </c>
       <c r="B1" s="107"/>
       <c r="C1" s="107"/>
       <c r="D1" s="107"/>
       <c r="E1" s="107"/>
       <c r="F1" s="107"/>
       <c r="G1" s="107"/>
       <c r="H1" s="107"/>
       <c r="I1" s="107"/>
     </row>
-    <row r="2" spans="1:9" ht="18.75">
+    <row r="2" spans="1:9" ht="18">
       <c r="A2" s="108" t="s">
         <v>47</v>
       </c>
       <c r="B2" s="108"/>
       <c r="C2" s="108"/>
       <c r="D2" s="108"/>
       <c r="E2" s="108"/>
       <c r="F2" s="108"/>
       <c r="G2" s="108"/>
       <c r="H2" s="108"/>
       <c r="I2" s="108"/>
     </row>
     <row r="4" spans="1:9" ht="114.75" customHeight="1">
       <c r="A4" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B4" s="106"/>
       <c r="C4" s="106"/>
       <c r="D4" s="106"/>
       <c r="E4" s="106"/>
       <c r="F4" s="106"/>
       <c r="G4" s="106"/>
       <c r="H4" s="106"/>
       <c r="I4" s="106"/>
     </row>
@@ -1815,1053 +1816,1052 @@
     <row r="10" spans="1:9" ht="22.5" customHeight="1"/>
     <row r="11" spans="1:9" ht="22.5" customHeight="1"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="n1zzciKFIfBRtJN6rCImqVbbwZg31q2DnyxHE133EEtzZK4zjrVtGNcBJyIvizzM9OCTCojj97PQV5vCVUUjww==" saltValue="uk0KlEjs/vb7T1acYwEYwA==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="7">
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A9:I9"/>
     <mergeCell ref="A6:I6"/>
     <mergeCell ref="A7:I7"/>
     <mergeCell ref="A5:I5"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="75" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:O48"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="69" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B21" sqref="B21"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A8" zoomScale="69" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="F43" sqref="F43"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4"/>
   <cols>
-    <col min="1" max="1" width="50.42578125" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="13" max="15" width="11.42578125" style="14"/>
+    <col min="1" max="1" width="50.44140625" customWidth="1"/>
+    <col min="2" max="2" width="21.33203125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="9.33203125" style="16" customWidth="1"/>
+    <col min="4" max="4" width="22.44140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="29.6640625" style="51" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="21.33203125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="9.33203125" style="16" customWidth="1"/>
+    <col min="8" max="8" width="22.44140625" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="53.33203125" customWidth="1"/>
+    <col min="10" max="10" width="11.44140625" style="13"/>
+    <col min="13" max="15" width="11.44140625" style="14"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="27">
+    <row r="1" spans="1:10" ht="25.8">
       <c r="A1" s="109" t="s">
         <v>27</v>
       </c>
       <c r="B1" s="109"/>
       <c r="C1" s="109"/>
       <c r="D1" s="109"/>
       <c r="E1" s="109"/>
       <c r="F1" s="109"/>
       <c r="G1" s="109"/>
       <c r="H1" s="109"/>
       <c r="I1" s="2"/>
     </row>
     <row r="2" spans="1:10" ht="24.75" customHeight="1">
       <c r="A2" s="110" t="s">
         <v>26</v>
       </c>
       <c r="B2" s="110"/>
       <c r="C2" s="110"/>
       <c r="D2" s="110"/>
       <c r="E2" s="110"/>
       <c r="F2" s="110"/>
       <c r="G2" s="110"/>
       <c r="H2" s="110"/>
       <c r="I2" s="2"/>
     </row>
-    <row r="3" spans="1:10" ht="23.25">
+    <row r="3" spans="1:10" ht="23.4">
       <c r="A3" s="15"/>
       <c r="B3" s="15"/>
       <c r="C3" s="15"/>
       <c r="D3" s="15"/>
       <c r="E3" s="49"/>
       <c r="F3" s="15"/>
       <c r="G3" s="15"/>
       <c r="H3" s="15"/>
       <c r="I3" s="2"/>
     </row>
-    <row r="4" spans="1:10" ht="15.75">
+    <row r="4" spans="1:10" ht="15.6">
       <c r="A4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B4" s="1">
         <v>2025</v>
       </c>
       <c r="C4" s="11"/>
       <c r="D4" s="2"/>
       <c r="E4" s="50"/>
       <c r="F4" s="2"/>
       <c r="G4" s="11"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:10" ht="7.5" customHeight="1">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="11"/>
       <c r="D5" s="2"/>
       <c r="E5" s="50"/>
       <c r="F5" s="2"/>
       <c r="G5" s="11"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
-    <row r="6" spans="1:10" ht="15.75">
+    <row r="6" spans="1:10" ht="15.6">
       <c r="A6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="1"/>
       <c r="C6" s="11"/>
       <c r="D6" s="2"/>
       <c r="E6" s="50"/>
       <c r="F6" s="2"/>
       <c r="G6" s="11"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
     </row>
     <row r="7" spans="1:10" ht="7.5" customHeight="1">
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="11"/>
       <c r="D7" s="2"/>
       <c r="E7" s="50"/>
       <c r="F7" s="2"/>
       <c r="G7" s="11"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
-    <row r="8" spans="1:10" ht="15.75">
+    <row r="8" spans="1:10" ht="15.6">
       <c r="A8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="1"/>
       <c r="E8" s="50"/>
       <c r="F8" s="2"/>
       <c r="G8" s="11"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:10" ht="7.5" customHeight="1">
       <c r="A9" s="2"/>
       <c r="B9" s="2"/>
       <c r="C9" s="11"/>
       <c r="D9" s="12"/>
       <c r="E9" s="50"/>
       <c r="F9" s="2"/>
       <c r="G9" s="11"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
     </row>
-    <row r="10" spans="1:10" ht="15.75">
+    <row r="10" spans="1:10" ht="15.6">
       <c r="A10" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B10" s="1"/>
       <c r="C10" s="11"/>
       <c r="D10" s="12"/>
       <c r="E10" s="50"/>
       <c r="F10" s="2"/>
       <c r="G10" s="11"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:10" ht="7.5" customHeight="1">
       <c r="A11" s="2"/>
       <c r="B11" s="2"/>
       <c r="C11" s="11"/>
       <c r="D11" s="2"/>
       <c r="E11" s="50"/>
       <c r="F11" s="2"/>
       <c r="G11" s="11"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
       <c r="J11" s="13" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="12" spans="1:10" ht="15.75">
+    <row r="12" spans="1:10" ht="15.6">
       <c r="A12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="1"/>
       <c r="C12" s="11"/>
       <c r="D12" s="2"/>
       <c r="E12" s="50"/>
       <c r="F12" s="2"/>
       <c r="G12" s="11"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
       <c r="J12" s="13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="7.5" customHeight="1">
       <c r="A13" s="2"/>
       <c r="B13" s="2"/>
       <c r="C13" s="11"/>
       <c r="D13" s="2"/>
       <c r="E13" s="50"/>
       <c r="F13" s="2"/>
       <c r="G13" s="11"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
-    <row r="14" spans="1:10" ht="15.75">
+    <row r="14" spans="1:10" ht="15.6">
       <c r="A14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B14" s="1"/>
       <c r="C14" s="11"/>
       <c r="D14" s="2"/>
       <c r="E14" s="50"/>
       <c r="F14" s="2"/>
       <c r="G14" s="11"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
     </row>
-    <row r="15" spans="1:10" ht="15.75">
+    <row r="15" spans="1:10" ht="15.6">
       <c r="A15" s="17"/>
       <c r="B15" s="2"/>
       <c r="C15" s="11"/>
       <c r="D15" s="2"/>
       <c r="E15" s="50"/>
       <c r="F15" s="2"/>
       <c r="G15" s="11"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
-    <row r="16" spans="1:10" ht="15.75">
+    <row r="16" spans="1:10" ht="15.6">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="11"/>
       <c r="D16" s="2"/>
       <c r="E16" s="50"/>
       <c r="F16" s="2"/>
       <c r="G16" s="11"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
-    <row r="17" spans="1:15" ht="15.75">
+    <row r="17" spans="1:15" ht="15.6">
       <c r="A17" s="111" t="s">
         <v>28</v>
       </c>
       <c r="B17" s="111"/>
       <c r="C17" s="111"/>
       <c r="D17" s="111"/>
       <c r="E17" s="111"/>
       <c r="F17" s="111"/>
       <c r="G17" s="111"/>
       <c r="H17" s="111"/>
       <c r="I17" s="17"/>
     </row>
-    <row r="18" spans="1:15" ht="15.75">
+    <row r="18" spans="1:15" ht="15.6">
       <c r="A18" s="17"/>
       <c r="B18" s="2"/>
       <c r="C18" s="11"/>
       <c r="D18" s="2"/>
       <c r="E18" s="50"/>
       <c r="F18" s="2"/>
       <c r="G18" s="11"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
     </row>
-    <row r="19" spans="1:15" s="57" customFormat="1" ht="15.75">
+    <row r="19" spans="1:15" s="57" customFormat="1" ht="15.6">
       <c r="A19" s="52"/>
       <c r="B19" s="53" t="s">
         <v>85</v>
       </c>
       <c r="C19" s="54" t="s">
         <v>0</v>
       </c>
       <c r="D19" s="55" t="s">
         <v>16</v>
       </c>
       <c r="E19" s="56" t="s">
         <v>1</v>
       </c>
       <c r="F19" s="53" t="s">
         <v>86</v>
       </c>
       <c r="G19" s="54" t="s">
         <v>0</v>
       </c>
       <c r="H19" s="55" t="s">
         <v>16</v>
       </c>
       <c r="J19" s="58"/>
       <c r="M19" s="59"/>
       <c r="N19" s="59"/>
       <c r="O19" s="59"/>
     </row>
-    <row r="20" spans="1:15" s="57" customFormat="1" ht="15.75">
+    <row r="20" spans="1:15" s="57" customFormat="1" ht="15.6">
       <c r="A20" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B20" s="61"/>
       <c r="C20" s="62"/>
       <c r="D20" s="61"/>
       <c r="E20" s="63"/>
       <c r="F20" s="64"/>
       <c r="G20" s="65"/>
       <c r="H20" s="64"/>
       <c r="J20" s="58"/>
       <c r="M20" s="59"/>
       <c r="N20" s="59"/>
       <c r="O20" s="59"/>
     </row>
-    <row r="21" spans="1:15" s="57" customFormat="1" ht="15.75">
+    <row r="21" spans="1:15" s="57" customFormat="1" ht="15.6">
       <c r="A21" s="66" t="s">
         <v>11</v>
       </c>
       <c r="B21" s="67">
         <v>0</v>
       </c>
       <c r="C21" s="62">
         <v>0.5</v>
       </c>
       <c r="D21" s="61"/>
       <c r="E21" s="63"/>
       <c r="F21" s="68">
         <v>0</v>
       </c>
       <c r="G21" s="65">
         <v>0.5</v>
       </c>
       <c r="H21" s="64"/>
       <c r="J21" s="58"/>
       <c r="M21" s="59"/>
       <c r="N21" s="59"/>
       <c r="O21" s="59"/>
     </row>
-    <row r="22" spans="1:15" s="57" customFormat="1" ht="15.75">
+    <row r="22" spans="1:15" s="57" customFormat="1" ht="15.6">
       <c r="A22" s="66" t="s">
         <v>2</v>
       </c>
       <c r="B22" s="67">
         <v>0</v>
       </c>
       <c r="C22" s="62">
         <v>0.5</v>
       </c>
       <c r="D22" s="61"/>
       <c r="E22" s="63"/>
       <c r="F22" s="68">
         <v>0</v>
       </c>
       <c r="G22" s="65">
         <v>0.5</v>
       </c>
       <c r="H22" s="64"/>
       <c r="J22" s="58"/>
       <c r="M22" s="59"/>
       <c r="N22" s="59"/>
       <c r="O22" s="59"/>
     </row>
-    <row r="23" spans="1:15" s="57" customFormat="1" ht="15.75">
+    <row r="23" spans="1:15" s="57" customFormat="1" ht="15.6">
       <c r="A23" s="66" t="s">
         <v>12</v>
       </c>
       <c r="B23" s="67">
         <v>0</v>
       </c>
       <c r="C23" s="62">
         <v>0.5</v>
       </c>
       <c r="D23" s="61"/>
       <c r="E23" s="63"/>
       <c r="F23" s="68">
         <v>0</v>
       </c>
       <c r="G23" s="65">
         <v>0.5</v>
       </c>
       <c r="H23" s="64"/>
       <c r="J23" s="58"/>
       <c r="M23" s="59"/>
       <c r="N23" s="59"/>
       <c r="O23" s="59"/>
     </row>
-    <row r="24" spans="1:15" s="57" customFormat="1" ht="15.75">
+    <row r="24" spans="1:15" s="57" customFormat="1" ht="15.6">
       <c r="A24" s="66" t="s">
         <v>3</v>
       </c>
       <c r="B24" s="67">
         <v>0</v>
       </c>
       <c r="C24" s="62">
         <v>0.5</v>
       </c>
       <c r="D24" s="61"/>
       <c r="E24" s="63"/>
       <c r="F24" s="68">
         <v>0</v>
       </c>
       <c r="G24" s="65">
         <v>0.5</v>
       </c>
       <c r="H24" s="64"/>
       <c r="J24" s="58"/>
       <c r="M24" s="59"/>
       <c r="N24" s="59"/>
       <c r="O24" s="59"/>
     </row>
-    <row r="25" spans="1:15" s="57" customFormat="1" ht="25.9" customHeight="1">
+    <row r="25" spans="1:15" s="57" customFormat="1" ht="25.95" customHeight="1">
       <c r="A25" s="69" t="s">
         <v>13</v>
       </c>
       <c r="B25" s="70">
         <f>SUM(B21:B24)</f>
         <v>0</v>
       </c>
       <c r="C25" s="71">
         <v>0.5</v>
       </c>
       <c r="D25" s="70">
         <f>C25*B25</f>
         <v>0</v>
       </c>
       <c r="E25" s="72" t="s">
         <v>74</v>
       </c>
       <c r="F25" s="73">
         <f>SUM(F21:F24)</f>
         <v>0</v>
       </c>
       <c r="G25" s="74">
         <v>0.5</v>
       </c>
       <c r="H25" s="73">
         <f>G25*F25</f>
         <v>0</v>
       </c>
       <c r="J25" s="58"/>
       <c r="M25" s="59"/>
       <c r="N25" s="59"/>
       <c r="O25" s="59"/>
     </row>
-    <row r="26" spans="1:15" s="57" customFormat="1" ht="15.75">
+    <row r="26" spans="1:15" s="57" customFormat="1" ht="15.6">
       <c r="A26" s="60" t="s">
         <v>30</v>
       </c>
       <c r="B26" s="75"/>
       <c r="C26" s="76"/>
       <c r="D26" s="75"/>
       <c r="E26" s="77"/>
       <c r="F26" s="78"/>
       <c r="G26" s="79"/>
       <c r="H26" s="78"/>
       <c r="J26" s="58"/>
       <c r="M26" s="59"/>
       <c r="N26" s="59"/>
       <c r="O26" s="59"/>
     </row>
-    <row r="27" spans="1:15" s="57" customFormat="1" ht="15.75">
+    <row r="27" spans="1:15" s="57" customFormat="1" ht="15.6">
       <c r="A27" s="66" t="s">
         <v>4</v>
       </c>
       <c r="B27" s="67">
         <v>0</v>
       </c>
       <c r="C27" s="62">
         <v>0.5</v>
       </c>
       <c r="D27" s="61"/>
       <c r="E27" s="77"/>
       <c r="F27" s="68">
         <v>0</v>
       </c>
       <c r="G27" s="65">
         <v>0.5</v>
       </c>
       <c r="H27" s="64"/>
       <c r="J27" s="58"/>
       <c r="M27" s="59"/>
       <c r="N27" s="59"/>
       <c r="O27" s="59"/>
     </row>
-    <row r="28" spans="1:15" s="57" customFormat="1" ht="15.75">
+    <row r="28" spans="1:15" s="57" customFormat="1" ht="15.6">
       <c r="A28" s="66" t="s">
         <v>2</v>
       </c>
       <c r="B28" s="67">
         <v>0</v>
       </c>
       <c r="C28" s="62">
         <v>0.5</v>
       </c>
       <c r="D28" s="61"/>
       <c r="E28" s="77"/>
       <c r="F28" s="68">
         <v>0</v>
       </c>
       <c r="G28" s="65">
         <v>0.5</v>
       </c>
       <c r="H28" s="64"/>
       <c r="J28" s="58"/>
       <c r="M28" s="59"/>
       <c r="N28" s="59"/>
       <c r="O28" s="59"/>
     </row>
-    <row r="29" spans="1:15" s="57" customFormat="1" ht="15.75">
+    <row r="29" spans="1:15" s="57" customFormat="1" ht="15.6">
       <c r="A29" s="66" t="s">
         <v>12</v>
       </c>
       <c r="B29" s="67">
         <v>0</v>
       </c>
       <c r="C29" s="62">
         <v>0.5</v>
       </c>
       <c r="D29" s="61"/>
       <c r="E29" s="77"/>
       <c r="F29" s="68">
         <v>0</v>
       </c>
       <c r="G29" s="65">
         <v>0.5</v>
       </c>
       <c r="H29" s="64"/>
       <c r="J29" s="58"/>
       <c r="M29" s="59"/>
       <c r="N29" s="59"/>
       <c r="O29" s="59"/>
     </row>
-    <row r="30" spans="1:15" s="57" customFormat="1" ht="15.75">
+    <row r="30" spans="1:15" s="57" customFormat="1" ht="15.6">
       <c r="A30" s="66" t="s">
         <v>3</v>
       </c>
       <c r="B30" s="67">
         <v>0</v>
       </c>
       <c r="C30" s="62">
         <v>0.5</v>
       </c>
       <c r="D30" s="61"/>
       <c r="E30" s="77"/>
       <c r="F30" s="68">
         <v>0</v>
       </c>
       <c r="G30" s="65">
         <v>0.5</v>
       </c>
       <c r="H30" s="64"/>
       <c r="J30" s="58"/>
       <c r="M30" s="59"/>
       <c r="N30" s="59"/>
       <c r="O30" s="59"/>
     </row>
-    <row r="31" spans="1:15" s="57" customFormat="1" ht="25.9" customHeight="1">
+    <row r="31" spans="1:15" s="57" customFormat="1" ht="25.95" customHeight="1">
       <c r="A31" s="69" t="s">
         <v>14</v>
       </c>
       <c r="B31" s="70">
         <f>SUM(B27:B30)</f>
         <v>0</v>
       </c>
       <c r="C31" s="71">
         <v>0.5</v>
       </c>
       <c r="D31" s="70">
         <f>B31*C31</f>
         <v>0</v>
       </c>
       <c r="E31" s="72" t="s">
         <v>74</v>
       </c>
       <c r="F31" s="73">
         <f>SUM(F27:F30)</f>
         <v>0</v>
       </c>
       <c r="G31" s="74">
         <v>0.5</v>
       </c>
       <c r="H31" s="73">
         <f>F31*G31</f>
         <v>0</v>
       </c>
       <c r="J31" s="58"/>
       <c r="M31" s="59"/>
       <c r="N31" s="59"/>
       <c r="O31" s="59"/>
     </row>
-    <row r="32" spans="1:15" s="57" customFormat="1" ht="15.75">
+    <row r="32" spans="1:15" s="57" customFormat="1" ht="15.6">
       <c r="A32" s="60" t="s">
         <v>18</v>
       </c>
       <c r="B32" s="61"/>
       <c r="C32" s="76"/>
       <c r="D32" s="75"/>
       <c r="E32" s="77"/>
       <c r="F32" s="64"/>
       <c r="G32" s="79"/>
       <c r="H32" s="78"/>
       <c r="J32" s="58"/>
       <c r="M32" s="59"/>
       <c r="N32" s="59"/>
       <c r="O32" s="59"/>
     </row>
-    <row r="33" spans="1:15" s="57" customFormat="1" ht="15.75">
+    <row r="33" spans="1:15" s="57" customFormat="1" ht="15.6">
       <c r="A33" s="66" t="s">
         <v>17</v>
       </c>
       <c r="B33" s="100">
         <f>'3. Trainer-Entschädigung'!G23</f>
         <v>0</v>
       </c>
       <c r="C33" s="80">
         <v>1</v>
       </c>
       <c r="D33" s="75"/>
       <c r="E33" s="77" t="s">
         <v>73</v>
       </c>
       <c r="F33" s="101">
         <f>'3. Trainer-Entschädigung'!H23</f>
         <v>0</v>
       </c>
       <c r="G33" s="81">
         <v>1</v>
       </c>
       <c r="H33" s="78"/>
       <c r="J33" s="58"/>
       <c r="M33" s="59"/>
       <c r="N33" s="59"/>
       <c r="O33" s="59"/>
     </row>
-    <row r="34" spans="1:15" s="57" customFormat="1" ht="15.75">
+    <row r="34" spans="1:15" s="57" customFormat="1" ht="15.6">
       <c r="A34" s="66" t="s">
         <v>15</v>
       </c>
       <c r="B34" s="67">
         <v>0</v>
       </c>
       <c r="C34" s="80">
         <v>0.2</v>
       </c>
       <c r="D34" s="75"/>
       <c r="E34" s="77" t="s">
         <v>71</v>
       </c>
       <c r="F34" s="68">
         <v>0</v>
       </c>
       <c r="G34" s="81">
         <v>0.2</v>
       </c>
       <c r="H34" s="78"/>
       <c r="J34" s="58"/>
       <c r="M34" s="59"/>
       <c r="N34" s="59"/>
       <c r="O34" s="59"/>
     </row>
-    <row r="35" spans="1:15" s="57" customFormat="1" ht="15.75">
+    <row r="35" spans="1:15" s="57" customFormat="1" ht="15.6">
       <c r="A35" s="66" t="s">
         <v>5</v>
       </c>
       <c r="B35" s="67">
         <v>0</v>
       </c>
       <c r="C35" s="80">
         <v>1</v>
       </c>
       <c r="D35" s="75"/>
       <c r="E35" s="77"/>
       <c r="F35" s="68">
         <v>0</v>
       </c>
       <c r="G35" s="81">
         <v>1</v>
       </c>
       <c r="H35" s="78"/>
       <c r="J35" s="58"/>
       <c r="M35" s="59"/>
       <c r="N35" s="59"/>
       <c r="O35" s="59"/>
     </row>
-    <row r="36" spans="1:15" s="83" customFormat="1" ht="25.9" customHeight="1">
+    <row r="36" spans="1:15" s="83" customFormat="1" ht="25.95" customHeight="1">
       <c r="A36" s="69" t="s">
         <v>20</v>
       </c>
       <c r="B36" s="70">
         <f>SUM(B33:B35)</f>
         <v>0</v>
       </c>
       <c r="C36" s="71"/>
       <c r="D36" s="70">
         <f>SUM(B33*C33)+(B34*C34)+(B35)</f>
         <v>0</v>
       </c>
       <c r="E36" s="82"/>
       <c r="F36" s="73">
         <f>SUM(F33:F35)</f>
         <v>0</v>
       </c>
       <c r="G36" s="74"/>
       <c r="H36" s="73">
         <f>SUM(F33*G33)+(F34*G34)+(F35)</f>
         <v>0</v>
       </c>
       <c r="J36" s="84"/>
       <c r="M36" s="85"/>
       <c r="N36" s="85"/>
       <c r="O36" s="85"/>
     </row>
-    <row r="37" spans="1:15" s="57" customFormat="1" ht="15.75">
+    <row r="37" spans="1:15" s="57" customFormat="1" ht="15.6">
       <c r="A37" s="60" t="s">
         <v>61</v>
       </c>
       <c r="B37" s="61"/>
       <c r="C37" s="76"/>
       <c r="D37" s="75"/>
       <c r="E37" s="77" t="s">
         <v>64</v>
       </c>
       <c r="F37" s="64"/>
       <c r="G37" s="79"/>
       <c r="H37" s="78"/>
       <c r="J37" s="58"/>
       <c r="M37" s="59"/>
       <c r="N37" s="59"/>
       <c r="O37" s="59"/>
     </row>
-    <row r="38" spans="1:15" s="57" customFormat="1" ht="15.75">
+    <row r="38" spans="1:15" s="57" customFormat="1" ht="15.6">
       <c r="A38" s="66" t="s">
         <v>62</v>
       </c>
       <c r="B38" s="61">
         <f>'4. Int. Wettkämpf in LIE'!C12</f>
         <v>0</v>
       </c>
       <c r="C38" s="62">
         <v>0</v>
       </c>
       <c r="D38" s="61">
         <f>'4. Int. Wettkämpf in LIE'!E12</f>
         <v>0</v>
       </c>
       <c r="E38" s="77"/>
       <c r="F38" s="64">
         <f>'4. Int. Wettkämpf in LIE'!D12</f>
         <v>0</v>
       </c>
       <c r="G38" s="65"/>
       <c r="H38" s="64">
         <f>'4. Int. Wettkämpf in LIE'!F12</f>
         <v>0</v>
       </c>
       <c r="J38" s="58"/>
       <c r="M38" s="59"/>
       <c r="N38" s="59"/>
       <c r="O38" s="59"/>
     </row>
-    <row r="39" spans="1:15" s="83" customFormat="1" ht="25.9" customHeight="1">
+    <row r="39" spans="1:15" s="83" customFormat="1" ht="25.95" customHeight="1">
       <c r="A39" s="69" t="s">
         <v>63</v>
       </c>
       <c r="B39" s="70">
         <f>B38</f>
         <v>0</v>
       </c>
       <c r="C39" s="71"/>
       <c r="D39" s="70">
         <f>D38</f>
         <v>0</v>
       </c>
       <c r="E39" s="82"/>
       <c r="F39" s="73">
         <f>F38</f>
         <v>0</v>
       </c>
       <c r="G39" s="74"/>
       <c r="H39" s="73">
         <f>H38</f>
         <v>0</v>
       </c>
       <c r="J39" s="84"/>
       <c r="M39" s="85"/>
       <c r="N39" s="85"/>
       <c r="O39" s="85"/>
     </row>
-    <row r="40" spans="1:15" s="57" customFormat="1" ht="15.75">
+    <row r="40" spans="1:15" s="57" customFormat="1" ht="15.6">
       <c r="A40" s="60" t="s">
         <v>32</v>
       </c>
       <c r="B40" s="61"/>
       <c r="C40" s="76"/>
       <c r="D40" s="61"/>
       <c r="E40" s="77"/>
       <c r="F40" s="64"/>
       <c r="G40" s="79"/>
       <c r="H40" s="78"/>
       <c r="J40" s="58"/>
       <c r="M40" s="59"/>
       <c r="N40" s="59"/>
       <c r="O40" s="59"/>
     </row>
-    <row r="41" spans="1:15" s="57" customFormat="1" ht="15.75">
+    <row r="41" spans="1:15" s="57" customFormat="1" ht="15.6">
       <c r="A41" s="66" t="s">
         <v>19</v>
       </c>
       <c r="B41" s="87">
         <v>0</v>
       </c>
       <c r="C41" s="62">
         <v>0.2</v>
       </c>
       <c r="D41" s="61">
         <f>B41*C41</f>
         <v>0</v>
       </c>
       <c r="E41" s="77"/>
       <c r="F41" s="86">
         <v>0</v>
       </c>
       <c r="G41" s="65">
         <v>0.2</v>
       </c>
       <c r="H41" s="64">
         <f>F41*G41</f>
         <v>0</v>
       </c>
       <c r="J41" s="58"/>
       <c r="M41" s="59"/>
       <c r="N41" s="59"/>
       <c r="O41" s="59"/>
     </row>
-    <row r="42" spans="1:15" s="57" customFormat="1" ht="15.75">
+    <row r="42" spans="1:15" s="57" customFormat="1" ht="15.6">
       <c r="A42" s="66" t="s">
         <v>84</v>
       </c>
       <c r="B42" s="87">
         <v>0</v>
       </c>
       <c r="C42" s="62">
         <v>0.5</v>
       </c>
       <c r="D42" s="61">
         <f>IF(B42*C42&lt;5000,B42*C42,5000)</f>
         <v>0</v>
       </c>
       <c r="E42" s="77" t="s">
         <v>70</v>
       </c>
-      <c r="F42" s="86">
-[...1 lines deleted...]
-      </c>
+      <c r="F42" s="86"/>
       <c r="G42" s="65">
         <v>0.5</v>
       </c>
       <c r="H42" s="64">
+        <f>F42*G42</f>
         <v>0</v>
       </c>
       <c r="J42" s="58"/>
       <c r="M42" s="59"/>
       <c r="N42" s="59"/>
       <c r="O42" s="59"/>
     </row>
-    <row r="43" spans="1:15" s="57" customFormat="1" ht="15.75">
+    <row r="43" spans="1:15" s="57" customFormat="1" ht="15.6">
       <c r="A43" s="66" t="s">
         <v>6</v>
       </c>
       <c r="B43" s="87">
         <v>0</v>
       </c>
       <c r="C43" s="62">
         <v>0.2</v>
       </c>
       <c r="D43" s="61">
         <f>B43*C43</f>
         <v>0</v>
       </c>
       <c r="E43" s="77" t="s">
         <v>72</v>
       </c>
       <c r="F43" s="86">
         <v>0</v>
       </c>
       <c r="G43" s="65">
         <v>0.2</v>
       </c>
       <c r="H43" s="64">
         <f>F43*G43</f>
         <v>0</v>
       </c>
       <c r="J43" s="58"/>
       <c r="M43" s="59"/>
       <c r="N43" s="59"/>
       <c r="O43" s="59"/>
     </row>
-    <row r="44" spans="1:15" s="83" customFormat="1" ht="15.75">
+    <row r="44" spans="1:15" s="83" customFormat="1" ht="15.6">
       <c r="A44" s="69" t="s">
         <v>21</v>
       </c>
       <c r="B44" s="70"/>
       <c r="C44" s="71"/>
       <c r="D44" s="70">
         <f>SUM(D41:D43)</f>
         <v>0</v>
       </c>
       <c r="E44" s="88"/>
       <c r="F44" s="73">
         <f>SUM(F41:F43)</f>
         <v>0</v>
       </c>
       <c r="G44" s="74">
         <v>0.2</v>
       </c>
       <c r="H44" s="73">
         <f>SUM(H41:H43)</f>
         <v>0</v>
       </c>
       <c r="J44" s="84"/>
       <c r="M44" s="85"/>
       <c r="N44" s="85"/>
       <c r="O44" s="85"/>
     </row>
-    <row r="45" spans="1:15" s="57" customFormat="1" ht="15.75">
+    <row r="45" spans="1:15" s="57" customFormat="1" ht="15.6">
       <c r="A45" s="89" t="s">
         <v>7</v>
       </c>
       <c r="B45" s="90"/>
       <c r="C45" s="91"/>
       <c r="D45" s="92" t="str">
         <f>IF(B10="","",SUM(D25,D31,D36,D39,D44)*(IF(B10=J11,1,0.8)))</f>
         <v/>
       </c>
       <c r="E45" s="93"/>
       <c r="F45" s="94"/>
       <c r="G45" s="95"/>
       <c r="H45" s="96" t="str">
         <f>IF(B10="","",SUM(H25,H31,H36,H39,H44)*(IF(B10=J11,1,0.8)))</f>
         <v/>
       </c>
       <c r="J45" s="58"/>
       <c r="M45" s="59"/>
       <c r="N45" s="59"/>
       <c r="O45" s="59"/>
     </row>
-    <row r="46" spans="1:15" s="57" customFormat="1" ht="15.75">
+    <row r="46" spans="1:15" s="57" customFormat="1" ht="15.6">
       <c r="A46" s="20"/>
       <c r="B46" s="20"/>
       <c r="C46" s="5"/>
       <c r="D46" s="20"/>
       <c r="E46" s="19"/>
       <c r="F46" s="20"/>
       <c r="G46" s="5"/>
       <c r="H46" s="20"/>
       <c r="I46" s="20"/>
       <c r="J46" s="58"/>
       <c r="M46" s="59"/>
       <c r="N46" s="59"/>
       <c r="O46" s="59"/>
     </row>
-    <row r="47" spans="1:15" s="57" customFormat="1" ht="15.75">
+    <row r="47" spans="1:15" s="57" customFormat="1" ht="15.6">
       <c r="A47" s="112" t="s">
         <v>75</v>
       </c>
       <c r="B47" s="112"/>
       <c r="C47" s="112"/>
       <c r="D47" s="112"/>
       <c r="E47" s="112"/>
       <c r="F47" s="112"/>
       <c r="G47" s="112"/>
       <c r="H47" s="112"/>
       <c r="I47" s="20"/>
       <c r="J47" s="58"/>
       <c r="M47" s="59"/>
       <c r="N47" s="59"/>
       <c r="O47" s="59"/>
     </row>
     <row r="48" spans="1:15" s="57" customFormat="1">
       <c r="A48" s="97"/>
       <c r="C48" s="98"/>
       <c r="E48" s="99"/>
       <c r="G48" s="98"/>
       <c r="J48" s="58"/>
       <c r="M48" s="59"/>
       <c r="N48" s="59"/>
       <c r="O48" s="59"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="o02zetQgSaup+eCrBsyd/v5X11KCHW12jbgJaGWA5i7k7FKqENr44SsWMuO9OiKFdwXRuJnrDQHpYAy9D2CAtA==" saltValue="X5NEQAJI7xhYnw6apEXnKg==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="qc1UgvnmgxGNYO0HSgrBBgp4t8Qe3VRWD6AL/c08ZYUj04QLE9HO0kF1mJ4qPV1H91rrjk+5r5w7bNzv3HFAnw==" saltValue="IkIgmmoqvmcVQNUJs7YpAw==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <protectedRanges>
     <protectedRange password="D810" sqref="B21:B24 B27:B30 A4 F21:F24 F27:F30 B33:B35 A6:A9 A11:A14 D34:D40 H34:H40" name="Bereich1"/>
   </protectedRanges>
   <dataConsolidate/>
   <mergeCells count="4">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A17:H17"/>
     <mergeCell ref="A47:H47"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C9:D10 B10" xr:uid="{21FA1FD7-D528-461D-B588-5F159F98C59A}">
       <formula1>$J$11:$J$12</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.59055118110236227" bottom="0.59055118110236227" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="70" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{64D8BBFE-F50D-4CE8-A037-B52F3D00D717}">
   <sheetPr codeName="Tabelle3">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:P27"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="71" workbookViewId="0">
       <selection activeCell="E13" sqref="E13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15.75"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="15.6"/>
   <cols>
     <col min="1" max="2" width="25" style="2" customWidth="1"/>
-    <col min="3" max="3" width="15.28515625" style="11" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.33203125" style="11" bestFit="1" customWidth="1"/>
     <col min="4" max="5" width="25" style="2" customWidth="1"/>
-    <col min="6" max="6" width="17.7109375" style="11" customWidth="1"/>
+    <col min="6" max="6" width="17.6640625" style="11" customWidth="1"/>
     <col min="7" max="10" width="25" style="2" customWidth="1"/>
-    <col min="11" max="16384" width="11.42578125" style="2"/>
+    <col min="11" max="16384" width="11.44140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" customFormat="1" ht="27">
+    <row r="1" spans="1:16" customFormat="1" ht="25.8">
       <c r="A1" s="109" t="s">
         <v>27</v>
       </c>
       <c r="B1" s="109"/>
       <c r="C1" s="109"/>
       <c r="D1" s="109"/>
       <c r="E1" s="109"/>
       <c r="F1" s="109"/>
       <c r="G1" s="109"/>
       <c r="H1" s="109"/>
       <c r="I1" s="4"/>
       <c r="J1" s="2"/>
       <c r="K1" s="13"/>
       <c r="N1" s="14"/>
       <c r="O1" s="14"/>
       <c r="P1" s="14"/>
     </row>
     <row r="2" spans="1:16" ht="24.75" customHeight="1">
       <c r="A2" s="110" t="s">
         <v>33</v>
       </c>
       <c r="B2" s="110"/>
       <c r="C2" s="110"/>
       <c r="D2" s="110"/>
       <c r="E2" s="110"/>
@@ -2882,51 +2882,51 @@
       <c r="H4" s="112"/>
     </row>
     <row r="5" spans="1:16" ht="16.5" customHeight="1">
       <c r="A5" s="21"/>
       <c r="B5" s="22"/>
       <c r="C5" s="22"/>
       <c r="D5" s="22"/>
       <c r="E5" s="22"/>
       <c r="F5" s="22"/>
       <c r="G5" s="22"/>
       <c r="H5" s="22"/>
     </row>
     <row r="6" spans="1:16" ht="87" customHeight="1">
       <c r="A6" s="113" t="s">
         <v>45</v>
       </c>
       <c r="B6" s="113"/>
       <c r="C6" s="113"/>
       <c r="D6" s="113"/>
       <c r="E6" s="113"/>
       <c r="F6" s="113"/>
       <c r="G6" s="113"/>
       <c r="H6" s="113"/>
     </row>
     <row r="7" spans="1:16" ht="24" customHeight="1"/>
-    <row r="8" spans="1:16" ht="31.5">
+    <row r="8" spans="1:16" ht="31.2">
       <c r="A8" s="23" t="s">
         <v>34</v>
       </c>
       <c r="B8" s="23" t="s">
         <v>35</v>
       </c>
       <c r="C8" s="24" t="s">
         <v>46</v>
       </c>
       <c r="D8" s="25" t="s">
         <v>41</v>
       </c>
       <c r="E8" s="25" t="s">
         <v>40</v>
       </c>
       <c r="F8" s="26" t="s">
         <v>0</v>
       </c>
       <c r="G8" s="25" t="s">
         <v>42</v>
       </c>
       <c r="H8" s="25" t="s">
         <v>43</v>
       </c>
     </row>
@@ -3297,383 +3297,383 @@
     <protectedRange sqref="A9:E22" name="Bereich2"/>
     <protectedRange password="DD59" sqref="F9:H22" name="Bereich1"/>
   </protectedRanges>
   <mergeCells count="4">
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A6:H6"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.59055118110236227" bottom="0.59055118110236227" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="71" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0C3B5892-7EE1-4E13-99D7-4C8F43A2166F}">
   <sheetPr codeName="Tabelle4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H40"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="86" workbookViewId="0">
       <selection activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4"/>
   <cols>
-    <col min="1" max="1" width="45.28515625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="7" width="17.85546875" customWidth="1"/>
+    <col min="1" max="1" width="45.33203125" customWidth="1"/>
+    <col min="2" max="2" width="20.33203125" customWidth="1"/>
+    <col min="3" max="6" width="27.5546875" customWidth="1"/>
+    <col min="7" max="7" width="17.88671875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="27">
+    <row r="1" spans="1:8" ht="25.8">
       <c r="A1" s="109" t="s">
         <v>27</v>
       </c>
       <c r="B1" s="109"/>
       <c r="C1" s="109"/>
       <c r="D1" s="109"/>
       <c r="E1" s="109"/>
       <c r="F1" s="109"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
     </row>
     <row r="2" spans="1:8" s="3" customFormat="1" ht="24.75" customHeight="1">
       <c r="A2" s="110" t="s">
         <v>69</v>
       </c>
       <c r="B2" s="110"/>
       <c r="C2" s="110"/>
       <c r="D2" s="110"/>
       <c r="E2" s="110"/>
       <c r="F2" s="110"/>
       <c r="G2" s="8"/>
       <c r="H2" s="8"/>
     </row>
-    <row r="3" spans="1:8" s="2" customFormat="1" ht="15.75"/>
-    <row r="4" spans="1:8" s="18" customFormat="1" ht="47.25">
+    <row r="3" spans="1:8" s="2" customFormat="1" ht="15.6"/>
+    <row r="4" spans="1:8" s="18" customFormat="1" ht="46.8">
       <c r="A4" s="23" t="s">
         <v>49</v>
       </c>
       <c r="B4" s="24" t="s">
         <v>50</v>
       </c>
       <c r="C4" s="25" t="s">
         <v>51</v>
       </c>
       <c r="D4" s="25" t="s">
         <v>52</v>
       </c>
       <c r="E4" s="23" t="s">
         <v>56</v>
       </c>
       <c r="F4" s="23" t="s">
         <v>57</v>
       </c>
       <c r="G4" s="103" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="5" spans="1:8" s="2" customFormat="1" ht="31.5">
+    <row r="5" spans="1:8" s="2" customFormat="1" ht="31.2">
       <c r="A5" s="33" t="s">
         <v>65</v>
       </c>
       <c r="B5" s="34" t="s">
         <v>59</v>
       </c>
       <c r="C5" s="35">
         <v>0</v>
       </c>
       <c r="D5" s="35">
         <v>0</v>
       </c>
       <c r="E5" s="36">
         <f>IF((C5/10*3)&lt;=D22,(C5/10*3),D22)</f>
         <v>0</v>
       </c>
       <c r="F5" s="36">
         <f>IF((D5/10*3)&lt;=D22,(D5/10*3),D22)</f>
         <v>0</v>
       </c>
       <c r="G5" s="102" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="6" spans="1:8" s="2" customFormat="1" ht="31.5">
+    <row r="6" spans="1:8" s="2" customFormat="1" ht="31.2">
       <c r="A6" s="33" t="s">
         <v>65</v>
       </c>
       <c r="B6" s="34" t="s">
         <v>60</v>
       </c>
       <c r="C6" s="35">
         <v>0</v>
       </c>
       <c r="D6" s="35">
         <v>0</v>
       </c>
       <c r="E6" s="36">
         <f>IF((C6/10*3)&lt;=D23,(C6/10*3),D23)</f>
         <v>0</v>
       </c>
       <c r="F6" s="36">
         <f>IF((D6/10*3)&lt;=D23,(D6/10*3),D23)</f>
         <v>0</v>
       </c>
       <c r="G6" s="102" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="7" spans="1:8" s="2" customFormat="1" ht="31.5">
+    <row r="7" spans="1:8" s="2" customFormat="1" ht="31.2">
       <c r="A7" s="33" t="s">
         <v>66</v>
       </c>
       <c r="B7" s="34" t="s">
         <v>59</v>
       </c>
       <c r="C7" s="35">
         <v>0</v>
       </c>
       <c r="D7" s="35">
         <v>0</v>
       </c>
       <c r="E7" s="36">
         <f>IF((C7/10*3)&lt;=D23,(C7/10*3),D23)</f>
         <v>0</v>
       </c>
       <c r="F7" s="36">
         <f>IF((D7/10*3)&lt;=D23,(D7/10*3),D23)</f>
         <v>0</v>
       </c>
       <c r="G7" s="102" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="8" spans="1:8" s="2" customFormat="1" ht="31.5">
+    <row r="8" spans="1:8" s="2" customFormat="1" ht="31.2">
       <c r="A8" s="33" t="s">
         <v>66</v>
       </c>
       <c r="B8" s="34" t="s">
         <v>60</v>
       </c>
       <c r="C8" s="35">
         <v>0</v>
       </c>
       <c r="D8" s="35">
         <v>0</v>
       </c>
       <c r="E8" s="36">
         <f>IF((C8/10*3)&lt;=D24,(C8/10*3),D24)</f>
         <v>0</v>
       </c>
       <c r="F8" s="36">
         <f>IF((D8/10*3)&lt;=D24,(D8/10*3),D24)</f>
         <v>0</v>
       </c>
       <c r="G8" s="102" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="9" spans="1:8" s="2" customFormat="1" ht="15.75">
+    <row r="9" spans="1:8" s="2" customFormat="1" ht="15.6">
       <c r="A9" s="33" t="s">
         <v>53</v>
       </c>
       <c r="B9" s="34" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="35">
         <v>0</v>
       </c>
       <c r="D9" s="35">
         <v>0</v>
       </c>
       <c r="E9" s="36">
         <f>IF((C9/10*3)&lt;=D24,(C9/10*3),D24)</f>
         <v>0</v>
       </c>
       <c r="F9" s="36">
         <f>IF((D9/10*3)&lt;=D24,(D9/10*3),D24)</f>
         <v>0</v>
       </c>
       <c r="G9" s="102" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="10" spans="1:8" s="2" customFormat="1" ht="15.75">
+    <row r="10" spans="1:8" s="2" customFormat="1" ht="15.6">
       <c r="A10" s="33" t="s">
         <v>54</v>
       </c>
       <c r="B10" s="34" t="s">
         <v>58</v>
       </c>
       <c r="C10" s="35">
         <v>0</v>
       </c>
       <c r="D10" s="35">
         <v>0</v>
       </c>
       <c r="E10" s="36">
         <f>IF((C10/10*3)&lt;=D25,(C10/10*3),D25)</f>
         <v>0</v>
       </c>
       <c r="F10" s="36">
         <f>IF((D10/10*3)&lt;=D25,(D10/10*3),D25)</f>
         <v>0</v>
       </c>
       <c r="G10" s="102" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="11" spans="1:8" s="2" customFormat="1" ht="15.75">
+    <row r="11" spans="1:8" s="2" customFormat="1" ht="15.6">
       <c r="A11" s="33" t="s">
         <v>55</v>
       </c>
       <c r="B11" s="34" t="s">
         <v>58</v>
       </c>
       <c r="C11" s="35">
         <v>0</v>
       </c>
       <c r="D11" s="35">
         <v>0</v>
       </c>
       <c r="E11" s="36">
         <f>IF((C11/10*3)&lt;=D26,(C11/10*3),D26)</f>
         <v>0</v>
       </c>
       <c r="F11" s="36">
         <f>IF((D11/10*3)&lt;=D26,(D11/10*3),D26)</f>
         <v>0</v>
       </c>
       <c r="G11" s="102" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="12" spans="1:8" s="2" customFormat="1" ht="15.75">
+    <row r="12" spans="1:8" s="2" customFormat="1" ht="15.6">
       <c r="A12" s="25" t="s">
         <v>36</v>
       </c>
       <c r="B12" s="26"/>
       <c r="C12" s="37">
         <f>SUM(C5:C11)</f>
         <v>0</v>
       </c>
       <c r="D12" s="37">
         <f t="shared" ref="D12" si="0">SUM(D5:D11)</f>
         <v>0</v>
       </c>
       <c r="E12" s="37">
         <f>IF(SUM(E5:E11)&lt;=30000,SUM(E5:E11),30000)</f>
         <v>0</v>
       </c>
       <c r="F12" s="37">
         <f>IF(SUM(F5:F11)&lt;=30000,SUM(F5:F11),30000)</f>
         <v>0</v>
       </c>
       <c r="G12" s="104"/>
     </row>
-    <row r="13" spans="1:8" s="2" customFormat="1" ht="15.75">
+    <row r="13" spans="1:8" s="2" customFormat="1" ht="15.6">
       <c r="A13" s="19"/>
       <c r="B13" s="5"/>
       <c r="C13" s="20"/>
       <c r="D13" s="20"/>
       <c r="E13" s="20"/>
       <c r="F13" s="20"/>
       <c r="G13" s="5"/>
     </row>
-    <row r="14" spans="1:8" s="2" customFormat="1" ht="15.75">
+    <row r="14" spans="1:8" s="2" customFormat="1" ht="15.6">
       <c r="A14" s="19"/>
       <c r="B14" s="20"/>
       <c r="C14" s="20"/>
       <c r="D14" s="20"/>
       <c r="E14" s="20"/>
       <c r="F14" s="20"/>
       <c r="G14" s="20"/>
     </row>
-    <row r="15" spans="1:8" s="2" customFormat="1" ht="15.75">
+    <row r="15" spans="1:8" s="2" customFormat="1" ht="15.6">
       <c r="A15" s="19"/>
       <c r="B15" s="20"/>
       <c r="C15" s="20"/>
       <c r="D15" s="20"/>
       <c r="E15" s="20"/>
       <c r="F15" s="20"/>
       <c r="G15" s="20"/>
     </row>
-    <row r="16" spans="1:8" s="40" customFormat="1" ht="15.75">
+    <row r="16" spans="1:8" s="40" customFormat="1" ht="15.6">
       <c r="A16" s="38"/>
       <c r="B16" s="39"/>
       <c r="C16" s="39"/>
       <c r="D16" s="39"/>
       <c r="E16" s="39"/>
       <c r="F16" s="39"/>
       <c r="G16" s="39"/>
     </row>
-    <row r="17" spans="1:7" s="40" customFormat="1" ht="15.75">
+    <row r="17" spans="1:7" s="40" customFormat="1" ht="15.6">
       <c r="A17" s="38"/>
       <c r="B17" s="39"/>
       <c r="C17" s="39"/>
       <c r="D17" s="39"/>
       <c r="E17" s="39"/>
       <c r="F17" s="39"/>
       <c r="G17" s="39"/>
     </row>
-    <row r="18" spans="1:7" s="40" customFormat="1" ht="15.75">
+    <row r="18" spans="1:7" s="40" customFormat="1" ht="15.6">
       <c r="A18" s="41"/>
     </row>
-    <row r="19" spans="1:7" s="40" customFormat="1" ht="15.75">
+    <row r="19" spans="1:7" s="40" customFormat="1" ht="15.6">
       <c r="A19" s="41"/>
     </row>
-    <row r="20" spans="1:7" s="40" customFormat="1" ht="15.75">
+    <row r="20" spans="1:7" s="40" customFormat="1" ht="15.6">
       <c r="A20" s="41"/>
     </row>
-    <row r="21" spans="1:7" s="40" customFormat="1" ht="15.75">
+    <row r="21" spans="1:7" s="40" customFormat="1" ht="15.6">
       <c r="A21" s="41"/>
       <c r="D21" s="42"/>
     </row>
-    <row r="22" spans="1:7" s="40" customFormat="1" ht="15.75">
+    <row r="22" spans="1:7" s="40" customFormat="1" ht="15.6">
       <c r="A22" s="41"/>
       <c r="D22" s="43"/>
     </row>
-    <row r="23" spans="1:7" s="40" customFormat="1" ht="15.75">
+    <row r="23" spans="1:7" s="40" customFormat="1" ht="15.6">
       <c r="A23" s="41"/>
       <c r="D23" s="43"/>
     </row>
-    <row r="24" spans="1:7" s="40" customFormat="1" ht="15.75">
+    <row r="24" spans="1:7" s="40" customFormat="1" ht="15.6">
       <c r="A24" s="41"/>
       <c r="D24" s="43"/>
     </row>
-    <row r="25" spans="1:7" s="40" customFormat="1" ht="15.75">
+    <row r="25" spans="1:7" s="40" customFormat="1" ht="15.6">
       <c r="A25" s="41"/>
       <c r="D25" s="43"/>
     </row>
-    <row r="26" spans="1:7" s="40" customFormat="1" ht="15.75">
+    <row r="26" spans="1:7" s="40" customFormat="1" ht="15.6">
       <c r="A26" s="41"/>
       <c r="D26" s="43"/>
     </row>
-    <row r="27" spans="1:7" s="40" customFormat="1" ht="15.75">
+    <row r="27" spans="1:7" s="40" customFormat="1" ht="15.6">
       <c r="A27" s="41"/>
       <c r="D27" s="43"/>
     </row>
     <row r="28" spans="1:7" s="45" customFormat="1">
       <c r="A28" s="44"/>
       <c r="D28" s="46"/>
     </row>
     <row r="29" spans="1:7" s="45" customFormat="1">
       <c r="D29" s="46"/>
     </row>
     <row r="30" spans="1:7" s="45" customFormat="1">
       <c r="D30" s="46"/>
     </row>
     <row r="31" spans="1:7" s="45" customFormat="1">
       <c r="D31" s="46"/>
     </row>
     <row r="32" spans="1:7" s="45" customFormat="1">
       <c r="D32" s="46"/>
     </row>
     <row r="33" spans="4:4" s="45" customFormat="1">
       <c r="D33" s="46"/>
     </row>
     <row r="34" spans="4:4" s="45" customFormat="1">
       <c r="D34" s="46"/>
     </row>